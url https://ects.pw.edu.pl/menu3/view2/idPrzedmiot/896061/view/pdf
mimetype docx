--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -957,50 +957,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie  kolokwium (część teoretyczna) i  zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o typowych elementach skończonych służących do analizy konstrukcji dwu i trójwymiarowych.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">na podstawie  kolokwium (część teoretyczna) i  zadań laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1056,522 +1126,452 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o typowych elementach skończonych służących do analizy konstrukcji dwu i trójwymiarowych.  </w:t>
+        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">na podstawie  kolokwium (część teoretyczna) i  zadań laboratoryjnych</w:t>
+        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązywać bardzo proste zadania jednowymiarowe za pomocą MES bez użycia komputera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+        <w:t xml:space="preserve">na podstawie  kolokwium (część zadaniowa).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązywać bardzo proste zadania jednowymiarowe za pomocą MES bez użycia komputera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+        <w:t xml:space="preserve">na podstawie  kolokwium (część zadaniowa).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W05</w:t>
+        <w:t xml:space="preserve">M1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy działania profesjonalnego systemu metody elementów skończonych  ANSYS. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązywać bardzo proste zadania jednowymiarowe za pomocą MES bez użycia komputera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">podstawie  samodzielnie wykonywanych zadań na laboratorium </w:t>
+        <w:t xml:space="preserve">na podstawie  kolokwium (część zadaniowa).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W06</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>