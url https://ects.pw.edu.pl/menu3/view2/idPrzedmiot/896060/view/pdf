--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1262,191 +1262,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>