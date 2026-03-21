--- v1 (2026-01-12)
+++ v2 (2026-03-21)
@@ -1262,50 +1262,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1361,1582 +1431,1512 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolkwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma podstawową wiedzę z zakresu logistyki.																																						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+        <w:t xml:space="preserve">														Student ma podstawową wiedzę z zakresu logistyki.																																						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolkwium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+        <w:t xml:space="preserve">														Student ma podstawową wiedzę z zakresu logistyki.																																						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolkwium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W11</w:t>
+        <w:t xml:space="preserve">M1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolkwium</w:t>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W12</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma podstawową wiedzę z zakresu logistyki.																																						</w:t>
+        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma podstawową wiedzę z zakresu logistyki.																																						</w:t>
+        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W11</w:t>
+        <w:t xml:space="preserve">M1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma podstawową wiedzę z zakresu logistyki.																																						</w:t>
+        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W12</w:t>
+        <w:t xml:space="preserve">M1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Student umie dokonać segmentacji nabywców na rynku energetyki i lotnictwa. 																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Student umie dokonać segmentacji nabywców na rynku energetyki i lotnictwa. 																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie skutecznie stosować nabytą wiedzę do rozwiązywania problemów praktycznych między innymi związanych z jakością produktów i ich logistyką.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie skutecznie stosować nabytą wiedzę do rozwiązywania problemów praktycznych między innymi związanych z jakością produktów i ich logistyką.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie skutecznie stosować nabytą wiedzę do rozwiązywania problemów praktycznych między innymi związanych z jakością produktów i ich logistyką.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi rozpoznać relacje przyczynowo - skutkowe wpływu poszczególnych czynników na politykę w zakresie instrumentów marketingowych, szczególnie na politykę produktu, potrafi na podstawie danych uzyskanych z badań marketingowych określić jakie zmiany powinny być dokonane w produkcie. 																																													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi rozpoznać relacje przyczynowo - skutkowe wpływu poszczególnych czynników na politykę w zakresie instrumentów marketingowych, szczególnie na politykę produktu, potrafi na podstawie danych uzyskanych z badań marketingowych określić jakie zmiany powinny być dokonane w produkcie. 																																													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi rozpoznać relacje przyczynowo - skutkowe wpływu poszczególnych czynników na politykę w zakresie instrumentów marketingowych, szczególnie na politykę produktu, potrafi na podstawie danych uzyskanych z badań marketingowych określić jakie zmiany powinny być dokonane w produkcie. 																																													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
+        <w:t xml:space="preserve">														Student potrafi współdziałać i pracować w grupie, jest przygotowany do użycia swojej wiedzy do podejmowania kluczowych decyzji, będących częścią spójną strategii organizacji.																																															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U01</w:t>
+        <w:t xml:space="preserve">M1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
+        <w:t xml:space="preserve">														Student potrafi współdziałać i pracować w grupie, jest przygotowany do użycia swojej wiedzy do podejmowania kluczowych decyzji, będących częścią spójną strategii organizacji.																																															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U11</w:t>
+        <w:t xml:space="preserve">M1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada umiejętności właściwej oceny wpływu różnych zjawisk i procesów występujących w otoczeniu przedsiębiorstwa np. w otoczeniu technologicznym na jego strategie marketingowe, potrafi formułować własne opinie na temat tych zjawisk. 																																																</w:t>
+        <w:t xml:space="preserve">														Student potrafi współdziałać i pracować w grupie, jest przygotowany do użycia swojej wiedzy do podejmowania kluczowych decyzji, będących częścią spójną strategii organizacji.																																															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolkwium, aktywność w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U18</w:t>
-[...708 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_K01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>