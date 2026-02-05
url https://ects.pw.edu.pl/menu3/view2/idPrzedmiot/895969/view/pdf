--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań domowych. Sprawdzian zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W12, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS738_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">																																		Student zna podstawy przetwarzania i analizy sygnału w dziedzinie czasu oraz w dziedzinie częstotliwości.																																														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>