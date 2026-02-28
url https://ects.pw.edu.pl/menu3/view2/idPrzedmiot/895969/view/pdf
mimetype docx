--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -765,51 +765,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań domowych. Sprawdzian zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>