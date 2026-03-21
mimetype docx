--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS738_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">																																		Student zna podstawy przetwarzania i analizy sygnału w dziedzinie czasu oraz w dziedzinie częstotliwości.																																														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,67 +975,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań domowych. Sprawdzian zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W12, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS738_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">															Student ma podstawową wiedzę z zakresu historii pomiarów biologicznych oraz zna współczesne modele zjawisk elektrycznych w organizmie człowieka  na poziomie komórkowym.																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>