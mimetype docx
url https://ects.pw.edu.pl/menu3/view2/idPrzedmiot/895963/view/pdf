--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -783,51 +783,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna koncepcję obiektu w C++ oraz związane z nimi pojęcia i procedury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1423,191 +1423,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wykorzystać szablony funkcji i klas</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego, test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie wykorzystać szablony funkcji i klas</w:t>
+        <w:t xml:space="preserve">Student umie stosować w programie kontenery i algorytmy STL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystać przeniesienie kontroli przez mechanizm wątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>