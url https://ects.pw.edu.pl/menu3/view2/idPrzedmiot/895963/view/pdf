--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -783,71 +783,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna koncepcję obiektu w C++ oraz związane z nimi pojęcia i procedury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna koncepcję obiektu w C++ oraz związane z nimi pojęcia i procedury</w:t>
+        <w:t xml:space="preserve">Student zna zasady przeciążania operatorów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -866,58 +936,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady przeciążania operatorów</w:t>
+        <w:t xml:space="preserve">EW4 – Student rozumie koncepcję dziedziczenia i polimorfizmu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -936,58 +1006,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">EW4 – Student rozumie koncepcję dziedziczenia i polimorfizmu</w:t>
+        <w:t xml:space="preserve">Student zna koncepcję wzorców i zasady ich konkretyzacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1006,58 +1076,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna koncepcję wzorców i zasady ich konkretyzacji</w:t>
+        <w:t xml:space="preserve">Student zna zasady stosowania obiektowych strumieni wejścia/wyjścia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1076,58 +1146,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady stosowania obiektowych strumieni wejścia/wyjścia</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę nt. programowania wielowątkowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1138,146 +1208,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę nt. programowania wielowątkowego</w:t>
+        <w:t xml:space="preserve">Student potrafi posłużyć się klasami, polami i związanymi z nimi metodami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">prace domowe</w:t>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07</w:t>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi posłużyć się klasami, polami i związanymi z nimi metodami</w:t>
+        <w:t xml:space="preserve">Student potrafi stosować referencje, dynamiczną alokację pamięci i konstruktory </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1296,178 +1366,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi stosować referencje, dynamiczną alokację pamięci i konstruktory </w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać w programie wirtualny polimorfizm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykorzystać szablony funkcji i klas</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>