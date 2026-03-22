--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -783,51 +783,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna koncepcję obiektu w C++ oraz związane z nimi pojęcia i procedury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1493,51 +1493,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie stosować w programie kontenery i algorytmy STL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>