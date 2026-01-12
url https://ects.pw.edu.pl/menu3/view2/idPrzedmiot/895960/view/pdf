--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U04, AiR1_U07, AiR1_U15, AiR1_U17, AiR1_U01</w:t>
+        <w:t xml:space="preserve">AiR1_U15, AiR1_U17, AiR1_U01, AiR1_U04, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK353_K1: </w:t>
       </w:r>
     </w:p>