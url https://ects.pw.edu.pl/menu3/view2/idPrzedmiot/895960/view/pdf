--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U17, AiR1_U01, AiR1_U04, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U04, AiR1_U07, AiR1_U15, AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK353_K1: </w:t>
       </w:r>
     </w:p>