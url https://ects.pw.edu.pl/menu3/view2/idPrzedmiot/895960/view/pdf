--- v2 (2026-01-14)
+++ v3 (2026-02-06)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06, AiR1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK353_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna zasadę działania, podstawowe właściwości i sposoby sterowania silników elektrycznych prądu stałego, skokowych i bezpośredniego napędu, układy zasilające i sterujące, układy redukcji i przeniesienia napędu, wymagania funkcjonalne, typowe właściwości dynamiczne.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>