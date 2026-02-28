--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK353_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna zasadę działania, podstawowe właściwości i sposoby sterowania silników elektrycznych prądu stałego, skokowych i bezpośredniego napędu, układy zasilające i sterujące, układy redukcji i przeniesienia napędu, wymagania funkcjonalne, typowe właściwości dynamiczne.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>