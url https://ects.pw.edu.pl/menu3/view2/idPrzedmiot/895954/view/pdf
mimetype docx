--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -782,237 +782,307 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W15, AiR1_W18, AiR1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
+        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
+        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+        <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
+        <w:t xml:space="preserve">EU2 – Student potrafi z poziomu systemu i programowo zarządzać wątkami i procesami w systemie czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1031,58 +1101,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">EU2 – Student potrafi z poziomu systemu i programowo zarządzać wątkami i procesami w systemie czasu rzeczywistego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować aplikację wielowątkową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1101,162 +1171,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przygotować aplikację wielowątkową.</w:t>
+        <w:t xml:space="preserve">Student potrafi programowo używać metod synchronizacji i komunikacji wątków i procesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U15, AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>