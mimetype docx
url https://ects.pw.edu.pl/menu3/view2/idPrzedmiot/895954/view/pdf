--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -782,237 +782,307 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W15, AiR1_W18, AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
+        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
+        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+        <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
+        <w:t xml:space="preserve">EU2 – Student potrafi z poziomu systemu i programowo zarządzać wątkami i procesami w systemie czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1031,58 +1101,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">EU2 – Student potrafi z poziomu systemu i programowo zarządzać wątkami i procesami w systemie czasu rzeczywistego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować aplikację wielowątkową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1101,162 +1171,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przygotować aplikację wielowątkową.</w:t>
+        <w:t xml:space="preserve">Student potrafi programowo używać metod synchronizacji i komunikacji wątków i procesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>