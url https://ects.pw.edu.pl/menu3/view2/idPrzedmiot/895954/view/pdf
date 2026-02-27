--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -798,411 +798,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
+        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W15, AiR1_W18, AiR1_W07</w:t>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
+        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+        <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
+        <w:t xml:space="preserve">EU2 – Student potrafi z poziomu systemu i programowo zarządzać wątkami i procesami w systemie czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przygotować aplikację wielowątkową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi programowo używać metod synchronizacji i komunikacji wątków i procesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>