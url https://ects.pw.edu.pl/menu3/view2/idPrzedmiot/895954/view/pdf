--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -798,51 +798,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jakie istnieją realizacje informatycznych sieci miejscowych stosowanych do zadań sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -852,287 +852,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W15, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W15, AiR1_W18, AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna wymagania stawiane systemom czasu rzeczywistego</w:t>
+        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian zaliczeniowy wykładu</w:t>
+        <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi uruchomić, skonfigurować i obsługiwać system operacyjny czasu rzeczywistego.</w:t>
+        <w:t xml:space="preserve">EU2 – Student potrafi z poziomu systemu i programowo zarządzać wątkami i procesami w systemie czasu rzeczywistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratoriów, sprawdzian zaliczeniowy laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować aplikację wielowątkową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>