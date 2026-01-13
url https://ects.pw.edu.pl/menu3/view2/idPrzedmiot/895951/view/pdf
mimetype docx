--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W18, AiR1_W08, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W09, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat tworzenia zaawansowanych układów regulacji automatycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1047,51 +1047,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W18, AiR1_W11, AiR1_W13, AiR1_W15</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1478,51 +1478,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U16, AiR1_U10, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>