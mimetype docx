--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat tworzenia zaawansowanych układów regulacji automatycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1284,51 +1284,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykorzystać panel operatorski (HMI) w układach sterowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>