--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -836,691 +836,691 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat cyklu życia mechanizmów i podzespołów robotów oraz urządzeń automatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat cyklu życia mechanizmów i podzespołów robotów oraz urządzeń automatycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować podzespoły robota realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W16</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17, AiR1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować podzespoły robota realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.</w:t>
+        <w:t xml:space="preserve">Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U18, AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17</w:t>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów, w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów, w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.</w:t>
+        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować urządzenie, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
+        <w:t xml:space="preserve">Potrafi odszukać i stosować gotowe urządzenia wykonawcze dostępne na rynku – siłowniki i silniki elektryczne. Umie korzystać z odpowiednich norm, specyfikacji materiałów konstrukcyjnych i przepisów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U11, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U20, AiR1_U01, AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">