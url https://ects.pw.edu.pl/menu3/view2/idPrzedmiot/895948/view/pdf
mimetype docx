--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -766,761 +766,761 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie doboru pasowań i tolerowania wymiarów jako czynników wpływających na zdolność maszyny do wypełniania określonych funkcji oraz decydujących o trwałości, niezawodności, łatwości montażu i napraw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie doboru pasowań i tolerowania wymiarów jako czynników wpływających na zdolność maszyny do wypełniania określonych funkcji oraz decydujących o trwałości, niezawodności, łatwości montażu i napraw.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat cyklu życia mechanizmów i podzespołów robotów oraz urządzeń automatycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W14</w:t>
+        <w:t xml:space="preserve">AiR1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_W3: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat cyklu życia mechanizmów i podzespołów robotów oraz urządzeń automatycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować podzespoły robota realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W16</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17, AiR1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować podzespoły robota realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.</w:t>
+        <w:t xml:space="preserve">Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów, w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów, w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.</w:t>
+        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
+        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować urządzenie, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować urządzenie, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.</w:t>
+        <w:t xml:space="preserve">Potrafi odszukać i stosować gotowe urządzenia wykonawcze dostępne na rynku – siłowniki i silniki elektryczne. Umie korzystać z odpowiednich norm, specyfikacji materiałów konstrukcyjnych i przepisów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U17</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U17, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">