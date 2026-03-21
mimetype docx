--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK369_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie doboru pasowań i tolerowania wymiarów jako czynników wpływających na zdolność maszyny do wypełniania określonych funkcji oraz decydujących o trwałości, niezawodności, łatwości montażu i napraw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1056,471 +1056,471 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów, w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów, w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U11, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.</w:t>
+        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
+        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować urządzenie, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U17, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK369_U7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować urządzenie, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.</w:t>
+        <w:t xml:space="preserve">Potrafi odszukać i stosować gotowe urządzenia wykonawcze dostępne na rynku – siłowniki i silniki elektryczne. Umie korzystać z odpowiednich norm, specyfikacji materiałów konstrukcyjnych i przepisów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U17</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U17, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">