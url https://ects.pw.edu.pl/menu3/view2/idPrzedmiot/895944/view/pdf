--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -920,411 +920,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad rejestracji, przetwarzania i interpretacji sygnałów biologicznych w dziedzinach czasu i częstotliwości.   														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad rejestracji, przetwarzania i interpretacji sygnałów biologicznych w dziedzinach czasu i częstotliwości.   														</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad działania  i zastosowania urządzeń do zapewniania bezpieczeństwa biernego i czynnego  użytkowników pojazdów samochodowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W5: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad działania  i zastosowania urządzeń do zapewniania bezpieczeństwa biernego i czynnego  użytkowników pojazdów samochodowych.														</w:t>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W17</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U09, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
+        <w:t xml:space="preserve">Student umie oszacować wartości sił o charakterze udarowym działających na ciało człowieka (i ich skutki dla życia i zdrowia) pojawiających się w trakcie wypadku drogowego i/lub wypadku przy pracy.  														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U09, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie oszacować wartości sił o charakterze udarowym działających na ciało człowieka (i ich skutki dla życia i zdrowia) pojawiających się w trakcie wypadku drogowego i/lub wypadku przy pracy.  														</w:t>
+        <w:t xml:space="preserve">Student umie stosować zasady biomechaniki i ergonomii do projektowania funkcjonalnych i bezpiecznych dla zdrowia użytkownika nowych lub oceny istniejących stanowisk pracy.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U09, AiR1_U19, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie stosować nowoczesne metody (aparatura, oprogramowanie) do pomiaru (za zgodą Komisji Etycznej) biomechanicznych parametrów ruchu ciała człowieka (siły, momenty sił, przemieszczenia, elektromiogramy).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>