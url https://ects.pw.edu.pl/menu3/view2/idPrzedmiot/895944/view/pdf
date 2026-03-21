--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad rejestracji, przetwarzania i interpretacji sygnałów biologicznych w dziedzinach czasu i częstotliwości.   														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U09, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U20, AiR1_U01, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie oszacować wartości sił o charakterze udarowym działających na ciało człowieka (i ich skutki dla życia i zdrowia) pojawiających się w trakcie wypadku drogowego i/lub wypadku przy pracy.  														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>