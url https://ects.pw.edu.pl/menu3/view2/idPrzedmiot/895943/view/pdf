--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -770,621 +770,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę wykonywania rysunków wykonawczych części współpracujących z uwzględnieniem tolerancji i pasowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK431_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę wykonywania rysunków wykonawczych części współpracujących z uwzględnieniem tolerancji i pasowania.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę korzystania z Polskich Norm części znormalizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+        <w:t xml:space="preserve">Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK431_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę korzystania z Polskich Norm części znormalizowanych.</w:t>
+        <w:t xml:space="preserve">Zna zasadę wykonania rysunku złożeniowego w systemie CAD-2D przy wykorzystaniu biblioteki rysunków części znormalizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+        <w:t xml:space="preserve"> Ocena prac wykonywanych w pracowni i w domu ( wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK431_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę wykonania rysunku złożeniowego w systemie CAD-2D przy wykorzystaniu biblioteki rysunków części znormalizowanych.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę tworzenia dokumentacji dwuwymiarowej w systemie CAD-3D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ocena prac wykonywanych w pracowni i w domu ( wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+        <w:t xml:space="preserve">Ocena prac wykonywanych w pracowni i w domu ( wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK431_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę tworzenia dokumentacji dwuwymiarowej w systemie CAD-3D.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek warsztatowy rzeczywistego  przedmiotu przy uwzględnieniu stanu powierzchni, tolerancji i pasowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek warsztatowy części współpracujących na podstawie rysunku złożeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z Polskich Norm części znormalizowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek złożeniowy w systemie CAD-2D przy wykorzystaniu biblioteki rysunków części znormalizowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena prac wykonywanych w pracowni i w domu ( wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W10</w:t>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK431_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunek warsztatowy części przy wykorzystaniu systemu CAD-3D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>