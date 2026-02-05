--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -770,191 +770,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę wykonywania rysunków wykonawczych części współpracujących z uwzględnieniem tolerancji i pasowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebę korzystania z Polskich Norm części znormalizowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena prac wykonywanych w pracowni i w domu (tworzenie rysunków aksonometrycznych oraz wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK431_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasadę wykonania rysunku złożeniowego w systemie CAD-2D przy wykorzystaniu biblioteki rysunków części znormalizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>