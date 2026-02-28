--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -910,121 +910,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK431_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę wykonania rysunku złożeniowego w systemie CAD-2D przy wykorzystaniu biblioteki rysunków części znormalizowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ocena prac wykonywanych w pracowni i w domu ( wykonywanie dokumentacji technicznej w oparciu o systemy CAD-2D). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK431_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę tworzenia dokumentacji dwuwymiarowej w systemie CAD-3D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>