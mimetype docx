--- v0 (2026-01-14)
+++ v1 (2026-02-05)
@@ -896,567 +896,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W09, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W01, AiR1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie działanie bloków funkcjonalnych mikroprocesora.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK396_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie działanie bloków funkcjonalnych mikroprocesora.																		</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę dotyczącą wykorzystania mikroprocesorów w automatyce.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2. </w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK396_W5: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę dotyczącą wykorzystania mikroprocesorów w automatyce.																		</w:t>
+        <w:t xml:space="preserve">Umie analizować zjawiska w elementach elektronicznych.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie analizować właściwości układów elektronicznych analogowych i cyfrowych.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Umie zaprojektować i analizować działanie układów cyfrowych kombinacyjnych i sekwencyjnych.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada umiejętność dotyczącą wykorzystania mikroprocesorów do sterowania urządzeń.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK396_U1: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować zjawiska w elementach elektronicznych.																		</w:t>
+        <w:t xml:space="preserve">Umie prezentować wybrane zagadnienia w formie seminaryjnej na zajęciach.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Ocena referatu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK396_K1: </w:t>
       </w:r>
     </w:p>