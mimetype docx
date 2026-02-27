--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -896,67 +896,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W01, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W09, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK396_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie działanie bloków funkcjonalnych mikroprocesora.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1342,51 +1342,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK396_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie prezentować wybrane zagadnienia w formie seminaryjnej na zajęciach.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>