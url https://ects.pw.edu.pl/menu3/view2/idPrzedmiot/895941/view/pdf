--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -842,411 +842,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Rozumie działanie układów elektronicznych analogowych i cyfrowych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W09, AiR1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK396_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Rozumie działanie układów elektronicznych analogowych i cyfrowych.																			</w:t>
+        <w:t xml:space="preserve">Rozumie działanie bloków funkcjonalnych mikroprocesora.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę dotyczącą wykorzystania mikroprocesorów w automatyce.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie analizować zjawiska w elementach elektronicznych.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W09, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK396_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK396_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie działanie bloków funkcjonalnych mikroprocesora.																		</w:t>
+        <w:t xml:space="preserve">Umie analizować właściwości układów elektronicznych analogowych i cyfrowych.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2. </w:t>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W09, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK396_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							 Umie zaprojektować i analizować działanie układów cyfrowych kombinacyjnych i sekwencyjnych.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>