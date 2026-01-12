--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1117,67 +1117,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Na podstawie raportu sporządzonego na laboratorium komputerowym oraz testu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U04</w:t>
+        <w:t xml:space="preserve">AiR1_U04, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbudować i rozwiązać prosty liniowy model MES konstrukcji prętowej dla zadanych warunków obciążenia i podparcia (pręt rozciągany, belka, kratownica, rama).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>