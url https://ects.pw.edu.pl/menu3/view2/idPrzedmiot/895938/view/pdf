--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -913,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>