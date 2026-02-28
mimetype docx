--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -913,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U04, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>