--- v0 (2025-11-02)
+++ v1 (2026-01-14)
@@ -748,417 +748,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć amplitudę zespoloną sygnału harmonicznego i przedstawić ją na płaszczyźnie zespolonej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przekształcić sygnał harmoniczny w szereg Fouriera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U13, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK375_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć amplitudę zespoloną sygnału harmonicznego i przedstawić ją na płaszczyźnie zespolonej.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź impulsową filtra FIR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK375_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przekształcić sygnał harmoniczny w szereg Fouriera.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź filtra FIR na sygnał impulsowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK375_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź impulsową filtra FIR.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć zera i bieguny filtra IIR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK375_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć energię sygnałów impulsowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>