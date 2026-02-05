--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -888,207 +888,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź impulsową filtra FIR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź filtra FIR na sygnał impulsowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U13, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK375_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć zera i bieguny filtra IIR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>