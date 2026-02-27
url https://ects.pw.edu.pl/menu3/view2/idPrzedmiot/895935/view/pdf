--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -764,71 +764,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczyć amplitudę zespoloną sygnału harmonicznego i przedstawić ją na płaszczyźnie zespolonej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK375_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć amplitudę zespoloną sygnału harmonicznego i przedstawić ją na płaszczyźnie zespolonej.</w:t>
+        <w:t xml:space="preserve">Potrafi przekształcić sygnał harmoniczny w szereg Fouriera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -847,248 +917,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK375_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przekształcić sygnał harmoniczny w szereg Fouriera.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź impulsową filtra FIR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK375_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK375_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź impulsową filtra FIR.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć odpowiedź filtra FIR na sygnał impulsowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+        <w:t xml:space="preserve">AiR1_U13, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK375_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć zera i bieguny filtra IIR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>