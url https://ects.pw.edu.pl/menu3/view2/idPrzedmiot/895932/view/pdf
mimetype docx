--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -778,67 +778,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W04, AiR1_W08, AiR1_W14</w:t>
+        <w:t xml:space="preserve">AiR1_W14, AiR1_W01, AiR1_W04, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,67 +1068,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK313_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zapisać równania ruchu złożonych mechanizmów.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>