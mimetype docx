--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -778,67 +778,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W14, AiR1_W01, AiR1_W04, AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W04, AiR1_W08, AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK313_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student ma wiedzę na temat zapisu równań ruchu mechanizmów i układów wieloczłonowych.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,51 +1068,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U14, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>