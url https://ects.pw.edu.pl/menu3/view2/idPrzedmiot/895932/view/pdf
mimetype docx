--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -848,51 +848,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W04, AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_W04, AiR1_W08, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1068,51 +1068,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,67 +1208,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U11, AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U14, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK313_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi – pracując w zespole – rozwiązać zadanie inżynierskie z dziedziny modelowania układów wieloczłonowych.																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>