--- v0 (2025-10-31)
+++ v1 (2026-01-01)
@@ -1022,51 +1022,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat dynamiki manipulatorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1436,67 +1436,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe, sprawdzian, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować robota przemysłowego do pracy bezpiecznej dla obsługi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>