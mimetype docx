--- v1 (2026-01-01)
+++ v2 (2026-02-05)
@@ -812,141 +812,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawy matematycznego opisu ruchu przestrzennego członu i układu członów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, sprawdziany, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawy matematycznego opisu ruchu przestrzennego członu i układu członów.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat typowych struktur kinematycznych robotów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdziany, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat typowych struktur kinematycznych robotów.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat kinematyki manipulatorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdziany, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -965,58 +1035,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat kinematyki manipulatorów.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat dynamiki manipulatorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdziany, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1035,468 +1105,398 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat dynamiki manipulatorów.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat programowania robotów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">praca domowa, sprawdziany, egzamin</w:t>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych, sprawdzianu praktycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W14</w:t>
+        <w:t xml:space="preserve">AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat programowania robotów przemysłowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi sklasyfikować struktury manipulatorów i dobrać odpowiedni do ich opisu model matematyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych, sprawdzianu praktycznego</w:t>
+        <w:t xml:space="preserve">prace domowe, sprawdziany, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sklasyfikować struktury manipulatorów i dobrać odpowiedni do ich opisu model matematyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonywać obliczenia dotyczące ruchu przestrzennego członu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">prace domowe, sprawdzian, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykonywać obliczenia dotyczące kinematyki prostej i odwrotnej manipulatorów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">prace domowe, sprawdziany, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykonywać obliczenia dotyczące dynamiki odwrotnej manipulatorów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe, sprawdzian, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować robota przemysłowego do pracy bezpiecznej dla obsługi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>