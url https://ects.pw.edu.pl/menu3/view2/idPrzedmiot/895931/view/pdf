--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -812,51 +812,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawy matematycznego opisu ruchu przestrzennego członu i układu członów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1382,51 +1382,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać obliczenia dotyczące dynamiki odwrotnej manipulatorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1522,51 +1522,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaprogramować zadaną sekwencję ruchów efektora robota przemysłowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>