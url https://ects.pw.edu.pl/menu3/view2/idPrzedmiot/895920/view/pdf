--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1001,51 +1001,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U18, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS130A_K01: </w:t>
       </w:r>
     </w:p>