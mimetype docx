--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS130A_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student zna i rozumie podstawowe pojęcia i zasady z zakresu ochrony własności przemysłowej i prawa autorskiego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>