--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS130A_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student zna i rozumie podstawowe pojęcia i zasady z zakresu ochrony własności przemysłowej i prawa autorskiego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1081,51 +1081,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_K03, AiR1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS130A_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student ma świadomość różnorodności prawnych form prowadzenia działalności gospodarczej i potrafi wybrać formę odpowiednią dla określonego rodzaju działalności gospodarczej.																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>