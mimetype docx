--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U1: </w:t>
       </w:r>
     </w:p>
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U03, AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie pozatechniczne aspekty pracy inżyniera, w tym: środowiskowe, ekonomiczne i prawne. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>