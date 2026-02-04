--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U1: </w:t>
       </w:r>
     </w:p>
@@ -1339,51 +1339,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_K4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie potrzebę przekazywania społeczeństwu – m.in. poprzez środki masowego przekazu – informacji o osiągnięciach techniki i innych aspektach działalności inżyniera i potrafi przekazać takie informacje w sposób powszechnie zrozumiały. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>