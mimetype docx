--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U03, AiR1_U04</w:t>
+        <w:t xml:space="preserve">AiR1_U04, AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie pozatechniczne aspekty pracy inżyniera, w tym: środowiskowe, ekonomiczne i prawne. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1339,51 +1339,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_K4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie potrzebę przekazywania społeczeństwu – m.in. poprzez środki masowego przekazu – informacji o osiągnięciach techniki i innych aspektach działalności inżyniera i potrafi przekazać takie informacje w sposób powszechnie zrozumiały. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>