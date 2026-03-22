--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U04, AiR1_U03</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW136_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Rozumie pozatechniczne aspekty pracy inżyniera, w tym: środowiskowe, ekonomiczne i prawne. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>