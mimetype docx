--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -973,277 +973,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U18, AiR1_U19</w:t>
+        <w:t xml:space="preserve">AiR1_U19, AiR1_U07, AiR1_U11, AiR1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U18, AiR1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U18, AiR1_U19</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym: modele naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>