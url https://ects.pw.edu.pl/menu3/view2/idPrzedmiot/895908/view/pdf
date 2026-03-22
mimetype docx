--- v1 (2026-02-28)
+++ v2 (2026-03-22)
@@ -973,67 +973,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U19, AiR1_U07, AiR1_U11, AiR1_U18</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U11, AiR1_U18, AiR1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,137 +1113,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U05, AiR1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>