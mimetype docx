--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -837,51 +837,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę korzystania z Polskich Norm w zakresie Rysunku Technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1197,51 +1197,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunek techniczny połączenia gwintowego, wpustowego i zębatego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>