--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -1197,51 +1197,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunek techniczny połączenia gwintowego, wpustowego i zębatego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>