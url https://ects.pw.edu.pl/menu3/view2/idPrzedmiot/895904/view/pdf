--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady oznaczania chropowatości powierzchni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>