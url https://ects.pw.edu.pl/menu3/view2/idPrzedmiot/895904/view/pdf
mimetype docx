--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady oznaczania chropowatości powierzchni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1407,51 +1407,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunek części przy wykorzystaniu systemu CAD-2D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>