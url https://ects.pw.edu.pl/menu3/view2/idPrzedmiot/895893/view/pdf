--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -1058,51 +1058,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW102_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać pochodne funkcji jednej zmiennej (w tym: pochodne funkcji złożonej), badać monotoniczność i ekstrema funkcji, wyznaczać równanie stycznej do wykresu oraz stosować twierdzenie de l'Hospitala do obliczania granic.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>