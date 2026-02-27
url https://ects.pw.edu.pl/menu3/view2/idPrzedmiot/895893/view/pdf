--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1058,331 +1058,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać pochodne funkcji jednej zmiennej (w tym: pochodne funkcji złożonej), badać monotoniczność i ekstrema funkcji, wyznaczać równanie stycznej do wykresu oraz stosować twierdzenie de l'Hospitala do obliczania granic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać całki nieoznaczone za pomocą twierdzeń o całkowaniu przez części, całkowaniu przez podstawienie, potrafi całkować funkcje wymierne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać pochodne cząstkowe funkcji n zmiennych, w tym: pochodne cząstkowe funkcji złożonych oraz wyznaczać pochodną kierunkową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW102_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać ekstrema funkcji dwóch zmiennych i płaszczyznę styczną do wykresu funkcji dwóch zmiennych, umie posługiwać się twierdzeniem o funkcji uwikłanej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>