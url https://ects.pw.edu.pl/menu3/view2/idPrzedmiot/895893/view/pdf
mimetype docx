--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -908,151 +908,221 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy rachunku różniczkowego funkcji wielu zmiennych rzeczywistych, w tym: pojęcie pochodnej cząstkowej, pochodnej kierunkowej i gradientu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy rachunku różniczkowego funkcji wielu zmiennych rzeczywistych, w tym: pojęcie pochodnej cząstkowej, pochodnej kierunkowej i gradientu.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się funkcjami elementarnymi jednej zmiennej rzeczywistej, obliczać granice właściwe i niewłaściwe funkcji oraz badać jej ciągłość.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się funkcjami elementarnymi jednej zmiennej rzeczywistej, obliczać granice właściwe i niewłaściwe funkcji oraz badać jej ciągłość.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać pochodne funkcji jednej zmiennej (w tym: pochodne funkcji złożonej), badać monotoniczność i ekstrema funkcji, wyznaczać równanie stycznej do wykresu oraz stosować twierdzenie de l'Hospitala do obliczania granic.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1071,58 +1141,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczać pochodne funkcji jednej zmiennej (w tym: pochodne funkcji złożonej), badać monotoniczność i ekstrema funkcji, wyznaczać równanie stycznej do wykresu oraz stosować twierdzenie de l'Hospitala do obliczania granic.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać całki nieoznaczone za pomocą twierdzeń o całkowaniu przez części, całkowaniu przez podstawienie, potrafi całkować funkcje wymierne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1141,58 +1211,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczać całki nieoznaczone za pomocą twierdzeń o całkowaniu przez części, całkowaniu przez podstawienie, potrafi całkować funkcje wymierne.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1211,178 +1281,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać pochodne cząstkowe funkcji n zmiennych, w tym: pochodne cząstkowe funkcji złożonych oraz wyznaczać pochodną kierunkową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW102_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać ekstrema funkcji dwóch zmiennych i płaszczyznę styczną do wykresu funkcji dwóch zmiennych, umie posługiwać się twierdzeniem o funkcji uwikłanej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>