--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1071,121 +1071,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW146_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>