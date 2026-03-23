--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -780,51 +780,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W12</w:t>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -851,50 +851,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW146_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma podstawową wiedzę dotyczącą zarządzania, w tym zarządzania jakością, i prowadzenia działalności gospodarczej.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -921,841 +991,771 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NW146_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW146_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma podstawową wiedzę dotyczącą zarządzania, w tym zarządzania jakością, i prowadzenia działalności gospodarczej.																																			</w:t>
+        <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie																																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
+        <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W12</w:t>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW146_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NW146_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka praca własna - przygotowanie biznesplanu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie																																																	</w:t>
+        <w:t xml:space="preserve">														Student ma świadomość ważności współdziałania i pracy w grupie i przyjmowania w niej różnych ról.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
+        <w:t xml:space="preserve">NW146_K3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
+        <w:t xml:space="preserve">MiBM1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NW146_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka praca własna - przygotowanie biznesplanu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie																																																	</w:t>
+        <w:t xml:space="preserve">														Student ma świadomość ważności współdziałania i pracy w grupie i przyjmowania w niej różnych ról.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
+        <w:t xml:space="preserve">NW146_K3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U05</w:t>
+        <w:t xml:space="preserve">MiBM1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka praca własna - przygotowanie biznesplanu: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Prezentacja prac własnych – biznesplanów.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma świadomość ważności współdziałania i pracy w grupie i przyjmowania w niej różnych ról.																																			</w:t>
+        <w:t xml:space="preserve">														Student rozumie potrzebę uczenia się przez całe życie; potrafi inspirować proces uczenia się innych osób.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">NW146_K3</w:t>
+        <w:t xml:space="preserve">NW146_K1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_K03</w:t>
+        <w:t xml:space="preserve">MiBM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka praca własna - przygotowanie biznesplanu: </w:t>
+        <w:t xml:space="preserve">Charakterystyka Prezentacja prac własnych – biznesplanów.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma świadomość ważności współdziałania i pracy w grupie i przyjmowania w niej różnych ról.																																			</w:t>
+        <w:t xml:space="preserve">														Student rozumie potrzebę uczenia się przez całe życie; potrafi inspirować proces uczenia się innych osób.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">NW146_K3</w:t>
+        <w:t xml:space="preserve">NW146_K1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Sprawdzian pisemny, praca własna - przygotowanie biznesplanu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student rozumie potrzebę formułowania i przekazywania społeczeństwu informacji i opinii dotyczących osiągnięć dotyczących techniki i innych aspektów działalności inżynierskiej. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">NW146_K5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Sprawdzian pisemny, praca własna - przygotowanie biznesplanu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma świadomość ważności i rozumie ekonomiczne aspekty i skutki działalności inżynierskiej, w tym jej wpływu na środowisko, i związanej z tym odpowiedzialności za podejmowane decyzje.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">NW146_K2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Sprawdzian pisemny, praca własna - przygotowanie biznesplanu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi myśleć i działać w sposób przedsiębiorczy.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">NW146_K4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Sprawdzian pisemny, praca własna - przygotowanie biznesplanu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi myśleć i działać w sposób przedsiębiorczy.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">NW146_K4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K04</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>