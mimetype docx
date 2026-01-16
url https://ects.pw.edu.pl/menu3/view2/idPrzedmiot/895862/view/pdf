--- v0 (2026-01-15)
+++ v1 (2026-01-16)
@@ -1885,50 +1885,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2166,120 +2236,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>