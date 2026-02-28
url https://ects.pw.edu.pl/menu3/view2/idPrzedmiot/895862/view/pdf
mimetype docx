--- v1 (2026-01-16)
+++ v2 (2026-02-28)
@@ -1885,50 +1885,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2166,120 +2236,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>