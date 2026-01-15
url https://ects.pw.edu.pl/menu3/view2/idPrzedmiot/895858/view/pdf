--- v0 (2026-01-15)
+++ v1 (2026-01-15)
@@ -1531,261 +1531,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Ocena pracy i postępów studenta na zajęciach laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ocena pracy i postępów studenta na zajęciach laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ocena pracy i postępów studenta na zajęciach laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać symulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ocena pracy i postępów studenta na zajęciach laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>