--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -1171,191 +1171,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna ograniczenia stabilnościowe metod dyskretyzacji.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna ograniczenia stabilnościowe metod dyskretyzacji.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>