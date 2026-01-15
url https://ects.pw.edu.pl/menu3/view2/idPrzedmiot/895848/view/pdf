--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -761,401 +761,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada pogłębioną wiedzę na temat metod numerycznego rozwiązywania równań różniczkowych zwyczajnych, w szczególności: metod Rungego-Kutty i liniowych metod wielokrokowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada pogłębioną wiedzę na temat metod numerycznego rozwiązywania równań różniczkowych zwyczajnych, w szczególności: metod Rungego-Kutty i liniowych metod wielokrokowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada pogłębioną wiedzę na temat metod numerycznego rozwiązywania równań różniczkowych zwyczajnych, w szczególności: metod Rungego-Kutty i liniowych metod wielokrokowych.						</w:t>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę w zakresie klasycznych metod iteracyjnych dla układów równań liniowych i nieliniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych nr 2, 3 i 4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę w zakresie klasycznych metod iteracyjnych dla układów równań liniowych i nieliniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych nr 2, 3 i 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada pogłębioną wiedzę na temat metod numerycznego rozwiązywania równań różniczkowych zwyczajnych, w szczególności: metod Rungego-Kutty i liniowych metod wielokrokowych.						</w:t>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę w zakresie klasycznych metod iteracyjnych dla układów równań liniowych i nieliniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych nr 2, 3 i 4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>