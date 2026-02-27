--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -761,50 +761,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada pogłębioną wiedzę na temat metod numerycznego rozwiązywania równań różniczkowych zwyczajnych, w szczególności: metod Rungego-Kutty i liniowych metod wielokrokowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -832,120 +902,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>