--- v0 (2026-01-15)
+++ v1 (2026-02-05)
@@ -1033,50 +1033,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie rozwiązać proste zadanie inżynierskie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1104,120 +1174,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>