--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -893,121 +893,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW136_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego lub inżynierskiego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca inżynierska oraz ustna obrona przed komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>