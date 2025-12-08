--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1245,50 +1245,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1344,302 +1414,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
+        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi przygotować ankiety w celu pozyskania danych od ekspertów na temat poziomu ryzyka i zagrożenia. Potrafi uwzględniać wpływ czynnika ludzkiego w analizach ryzyka. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>