--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1035,401 +1035,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna związki pomiędzy ryzykiem, niezawodnością i zagrożeniem.  Potrafi szacować poziom ryzyka i niezawodności na podstawie danych statystycznych oraz na podstawie zbudowanych przez siebie modeli probabilistycznych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna związki pomiędzy ryzykiem, niezawodnością i zagrożeniem.  Potrafi szacować poziom ryzyka i niezawodności na podstawie danych statystycznych oraz na podstawie zbudowanych przez siebie modeli probabilistycznych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS611_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna związki pomiędzy ryzykiem, niezawodnością i zagrożeniem.  Potrafi szacować poziom ryzyka i niezawodności na podstawie danych statystycznych oraz na podstawie zbudowanych przez siebie modeli probabilistycznych. 														</w:t>
+        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS611_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna związki pomiędzy ryzykiem, niezawodnością i zagrożeniem.  Potrafi szacować poziom ryzyka i niezawodności na podstawie danych statystycznych oraz na podstawie zbudowanych przez siebie modeli probabilistycznych. 														</w:t>
+        <w:t xml:space="preserve">														Potrafi szacować niezawodność obiektów technicznych oraz niezwodność człowieka.  Zna podstawowe modele struktur niezawodnościowych: szeregowa, równoległa, z rezerwą, "k z m". Potrafi modelować ryzyko i niezawodność za pomocą drzew zdarzeń i drzew niesprawności.  Potrafi modelować straty i zwązane z nimi zagrożenie. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>