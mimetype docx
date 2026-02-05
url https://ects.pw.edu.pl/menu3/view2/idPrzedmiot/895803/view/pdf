--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -1035,50 +1035,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS611_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna związki pomiędzy ryzykiem, niezawodnością i zagrożeniem.  Potrafi szacować poziom ryzyka i niezawodności na podstawie danych statystycznych oraz na podstawie zbudowanych przez siebie modeli probabilistycznych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1106,120 +1176,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia podczas zajęć oraz egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>