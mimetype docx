--- v0 (2025-10-30)
+++ v1 (2025-12-08)
@@ -1954,191 +1954,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportów z obliczeń realizowanych w trakcie laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umiejetność przygotowywania raportów z analiz obliczeniowych MES.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportów z obliczeń realizowanych w trakcie laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umiejetność przygotowywania raportów z analiz obliczeniowych MES.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportów z obliczeń realizowanych w trakcie laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U04</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>