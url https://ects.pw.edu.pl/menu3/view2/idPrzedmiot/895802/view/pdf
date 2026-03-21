--- v2 (2026-02-07)
+++ v3 (2026-03-21)
@@ -964,50 +964,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń ciepnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń ciepnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń ciepnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1063,91 +1133,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń ciepnych.							</w:t>
+        <w:t xml:space="preserve">							Znajomość mozliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń ciepnych.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość mozliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1174,271 +1314,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W01</w:t>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość mozliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W05</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość mozliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U01</w:t>
+        <w:t xml:space="preserve">LiK1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1464,190 +1604,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U05</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.						</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji : drgań wlasnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
+        <w:t xml:space="preserve">Wyniki pracy laboratoryjnej i opracowane raporty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.						</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji : drgań wlasnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
+        <w:t xml:space="preserve">Wyniki pracy laboratoryjnej i opracowane raporty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji : drgań wlasnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wyniki pracy laboratoryjnej i opracowane raporty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1674,261 +1884,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyniki pracy laboratoryjnej i opracowane raporty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U09</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>