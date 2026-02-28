--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -1393,50 +1393,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać sumulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1492,92 +1562,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK348_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, wykonać sumulację prostego zagadnienia przepływowego a następnie zinterpretować krytycznie wyniki.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, przygotować siatkę obliczeniową dla prostego zagadnienia przepływowego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U13</w:t>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1603,191 +1673,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK348_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, wykorzystując odpowiedni pakiet inżynierski, przygotować siatkę obliczeniową dla prostego zagadnienia przepływowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U11</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>