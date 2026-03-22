--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -904,891 +904,891 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym – w projektowaniu typowych zespołów urządzenia mechanicznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w projektowaniu, w tym – w projektowaniu typowych zespołów urządzenia mechanicznego.							</w:t>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Na podstawie dostrzeżonych ograniczeń i wymagań, istotnych  ze względu na funkcję spełnianą w maszynie lub w systemie przez projektowany lub analizowany zespół (np. połączenie śrubowe, połączenie dwóch części rurociągu, podparcie wału, sprzęgło), potrafi utworzyć warunki ograniczające będące podstawą obliczeń inżynierskich. Potrafi je wykorzystać do wyznaczenia lub do doboru cech tego zespołu.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
+        <w:t xml:space="preserve">							Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U01</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
+        <w:t xml:space="preserve">							Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U10</w:t>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.						</w:t>
+        <w:t xml:space="preserve">							Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U12</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>