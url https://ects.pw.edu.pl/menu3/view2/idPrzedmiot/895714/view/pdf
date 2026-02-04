--- v1 (2025-12-08)
+++ v2 (2026-02-04)
@@ -776,271 +776,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW145_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę niezbędną do rozumienia ekonomicznych uwarunkowań działalności inżynierskiej.																																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW145_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW145_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę niezbędną do rozumienia ekonomicznych uwarunkowań działalności inżynierskiej.																																</w:t>
+        <w:t xml:space="preserve">Student potrafi pozyskiwać informacje oraz analizować zjawiska gospodarcze i ich wpływ na system społeczno-gospodarczy.																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W21</w:t>
+        <w:t xml:space="preserve">LiK1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW145_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi pozyskiwać informacje oraz analizować zjawiska gospodarcze i ich wpływ na system społeczno-gospodarczy.																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>