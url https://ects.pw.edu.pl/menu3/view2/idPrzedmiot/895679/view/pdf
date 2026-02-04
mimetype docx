--- v0 (2026-01-13)
+++ v1 (2026-02-04)
@@ -881,121 +881,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>