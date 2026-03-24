--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -1021,87 +1021,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
+        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1161,87 +1231,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typowe rozwiązania instalacji ochrony środowiska stosowane we współczesnej energetyce.</w:t>
+        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1260,58 +1400,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1330,58 +1470,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia pojęcia metod pierwotnych i wtórnych, zasady doboru właściwych technologii oraz zagrożenia wtórne.</w:t>
+        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1400,58 +1540,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1470,58 +1610,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie zasady ochrony środowiska, w tym: w instalacjach energetycznych.</w:t>
+        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1532,216 +1672,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna technologie energetyki klasycznej (opartej na paliwach kopalnych) przewidywane jako niskoemisyjne lub zeroemisyjne w odniesieniu od gazów cieplarnianych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
+        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umie dokonać oceny wskaźników charakteryzujących wpływ instalacji energetycznych na środowisko.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1760,58 +1900,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do otoczenia wytwarzanych w procesie przemysłowym, w tym: w typowych procesach charakterystycznych dla instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umie dokonać oceny wskaźników charakteryzujących wpływ instalacji energetycznych na środowisko.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1830,58 +1970,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dokonać oceny wskaźników charakteryzujących wpływ instalacji energetycznych na środowisko.</w:t>
+        <w:t xml:space="preserve">Umie ocenić możliwości graniczne podstawowych technologii energetycznych w zakresie redukcji emisji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1900,58 +2040,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dokonać oceny wskaźników charakteryzujących wpływ instalacji energetycznych na środowisko.</w:t>
+        <w:t xml:space="preserve">Umie ocenić możliwości graniczne podstawowych technologii energetycznych w zakresie redukcji emisji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1970,58 +2110,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić możliwości graniczne podstawowych technologii energetycznych w zakresie redukcji emisji.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać skutki uboczne będące wynikiem stosowania technologii ochrony środowiska, w tym: skutki negatywne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2040,58 +2180,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić możliwości graniczne podstawowych technologii energetycznych w zakresie redukcji emisji.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać skutki uboczne będące wynikiem stosowania technologii ochrony środowiska, w tym: skutki negatywne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2110,372 +2250,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać skutki uboczne będące wynikiem stosowania technologii ochrony środowiska, w tym: skutki negatywne.</w:t>
+        <w:t xml:space="preserve">Umie wskazać technologie ochrony środowiska właściwe dla danego procesu przemysłowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wskazać technologie ochrony środowiska właściwe dla danego procesu przemysłowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wskazać technologie ochrony środowiska właściwe dla danego procesu przemysłowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>