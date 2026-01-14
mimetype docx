--- v0 (2025-10-30)
+++ v1 (2026-01-14)
@@ -1253,50 +1253,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1324,120 +1394,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>