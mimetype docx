--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -763,50 +763,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1072,372 +1212,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W20</w:t>
+        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W24</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>