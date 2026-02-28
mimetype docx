--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -763,50 +763,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -862,792 +1212,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
+        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna opis fizyczny i matematyczny podstawowych jednostopniowych obiegów chłodniczych wraz z odniesieniem do zastosowań teorii w praktyce.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna opis fizyczny i matematyczny podstawowych jednostopniowych obiegów chłodniczych wraz z odniesieniem do zastosowań teorii w praktyce.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna opis fizyczny i matematyczny podstawowych jednostopniowych obiegów chłodniczych wraz z odniesieniem do zastosowań teorii w praktyce.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>