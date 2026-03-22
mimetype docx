--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -1463,50 +1463,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna opis fizyczny i matematyczny podstawowych jednostopniowych obiegów chłodniczych wraz z odniesieniem do zastosowań teorii w praktyce.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1562,92 +1632,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna opis fizyczny i matematyczny podstawowych jednostopniowych obiegów chłodniczych wraz z odniesieniem do zastosowań teorii w praktyce.															</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat różnych sposobów technicznej realizacji dwustopniowych urządzeń chłodniczych.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1673,87 +1743,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma elementarną wiedzę dotyczącą obiegów kaskadowych chłodniczych i obiegów nadkrytycznych pracujących z czynnikiem chłodniczym dwutlenkiem węgla.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat różnych sposobów technicznej realizacji dwustopniowych urządzeń chłodniczych.																				</w:t>
+        <w:t xml:space="preserve">Ma elementarną wiedzę dotyczącą obiegów kaskadowych chłodniczych i obiegów nadkrytycznych pracujących z czynnikiem chłodniczym dwutlenkiem węgla.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1772,592 +1912,592 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę dotyczącą obiegów kaskadowych chłodniczych i obiegów nadkrytycznych pracujących z czynnikiem chłodniczym dwutlenkiem węgla.																		</w:t>
+        <w:t xml:space="preserve">																	Ma podstawową wiedzę dotyczącą podstaw teoretycznych zamrażania żywności i podstawowych założeń technologicznych różnych metod zamrażania.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
+        <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę dotyczącą obiegów kaskadowych chłodniczych i obiegów nadkrytycznych pracujących z czynnikiem chłodniczym dwutlenkiem węgla.																		</w:t>
+        <w:t xml:space="preserve">																	Ma podstawową wiedzę dotyczącą podstaw teoretycznych zamrażania żywności i podstawowych założeń technologicznych różnych metod zamrażania.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
+        <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																	Ma podstawową wiedzę dotyczącą podstaw teoretycznych zamrażania żywności i podstawowych założeń technologicznych różnych metod zamrażania.											</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć podstawowy obieg chłodniczy jednostopniowy sprężarkowy i porównać liczne jego warianty.																														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																	Ma podstawową wiedzę dotyczącą podstaw teoretycznych zamrażania żywności i podstawowych założeń technologicznych różnych metod zamrażania.											</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć podstawowy obieg chłodniczy jednostopniowy sprężarkowy i porównać liczne jego warianty.																														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W24</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć podstawowy obieg chłodniczy jednostopniowy sprężarkowy i porównać liczne jego warianty.																														</w:t>
+        <w:t xml:space="preserve">Umie korzystać z tablic i wykresów parametrów termodynamicznych charakterystycznych dla chłodnictwa wraz z komercyjnym oprogramowaniem typu freeware.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć podstawowy obieg chłodniczy jednostopniowy sprężarkowy i porównać liczne jego warianty.																														</w:t>
+        <w:t xml:space="preserve">Umie korzystać z tablic i wykresów parametrów termodynamicznych charakterystycznych dla chłodnictwa wraz z komercyjnym oprogramowaniem typu freeware.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie korzystać z tablic i wykresów parametrów termodynamicznych charakterystycznych dla chłodnictwa wraz z komercyjnym oprogramowaniem typu freeware.																				</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń współczynników wnikania ciepła wykorzystywanych na kolejnych przedmiotach w obliczeniach rzeczywistych urządzeń służących do zamrażania żywności.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie korzystać z tablic i wykresów parametrów termodynamicznych charakterystycznych dla chłodnictwa wraz z komercyjnym oprogramowaniem typu freeware.																				</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń współczynników wnikania ciepła wykorzystywanych na kolejnych przedmiotach w obliczeniach rzeczywistych urządzeń służących do zamrażania żywności.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2383,191 +2523,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U21</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>