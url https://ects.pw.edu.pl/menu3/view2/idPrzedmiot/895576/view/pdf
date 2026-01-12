--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -1303,437 +1303,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1752,1512 +2032,1232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
+        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ wybranych źródeł hałasu na organ słuchu człowieka w oparciu o podane parametry.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ wybranych źródeł hałasu na organ słuchu człowieka w oparciu o podane parametry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić skalę emisji do atmosfery będących wynikiem spalania typowych paliw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić skalę emisji do atmosfery będących wynikiem spalania typowych paliw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi oszacować skalę redukcji emisji zanieczyszczeń atmosferycznych dla typowych instalacji ochrony powietrza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ na wybrane technologie przemysłowe wynikający z przepisów służących ochronie środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ na wybrane technologie przemysłowe wynikający z przepisów służących ochronie środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ na wybrane technologie przemysłowe wynikający z przepisów służących ochronie środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ na wybrane technologie przemysłowe wynikający z przepisów służących ochronie środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wskazać efektywne i nieracjonalne oddziaływania służące redukcji emisji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wskazać efektywne i nieracjonalne oddziaływania służące redukcji emisji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
+        <w:t xml:space="preserve">Zna zagadnienia ochrony środowiska w energetyce i ich wpływ na inne sektory, potrafi przedstawić informacje dla osób nie związanych z energetyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie ocenić zagrożenia zdrowia i życia przed wpływem promieniowania w oparciu o parametry źródła.</w:t>
+        <w:t xml:space="preserve">Zna zagadnienia ochrony środowiska w energetyce i ich wpływ na inne sektory, potrafi przedstawić informacje dla osób nie związanych z energetyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U18</w:t>
-[...918 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>