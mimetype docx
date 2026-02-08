--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -1303,50 +1303,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1374,120 +1444,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>