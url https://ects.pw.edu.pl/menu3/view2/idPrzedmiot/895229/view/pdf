--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia 1, 2, Sprawozdania 1,2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W11, KMiBM2_W13</w:t>
+        <w:t xml:space="preserve">KMiBM2_W13, KMiBM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>