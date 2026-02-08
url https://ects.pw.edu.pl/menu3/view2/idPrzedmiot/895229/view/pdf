--- v2 (2026-01-13)
+++ v3 (2026-02-08)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia 1, 2, Sprawozdania 1,2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W13, KMiBM2_W11</w:t>
+        <w:t xml:space="preserve">KMiBM2_W11, KMiBM2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -983,51 +983,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U08, KMiBM2_U15, KMiBM2_U16, KMiBM_U17, KMiBM2_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U17, KMiBM2_U18, KMiBM2_U08, KMiBM2_U15, KMiBM2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>