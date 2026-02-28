--- v3 (2026-02-08)
+++ v4 (2026-02-28)
@@ -983,51 +983,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U17, KMiBM2_U18, KMiBM2_U08, KMiBM2_U15, KMiBM2_U16</w:t>
+        <w:t xml:space="preserve">KMiBM2_U15, KMiBM2_U16, KMiBM_U17, KMiBM2_U18, KMiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>