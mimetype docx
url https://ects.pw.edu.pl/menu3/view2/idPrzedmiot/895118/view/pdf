--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -1099,121 +1099,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posłużyć się właściwie dobranymi środowiskami programistycznymi, symulatorami oraz narzędziami komputerowo wspomaganego projektowania do symulacji, projektowania, programowania i weryfikacji działania kluczowych systemów pojazdów autonomicznych w tym systemu nawigacji inercyjnej i GNSS, systemu mapowania i lokalizacji SLAM;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja umiejętności zostanie dokonana poprzez ocenę jakości/poprawności wykonania zadań projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi – zgodnie z zadaną specyfikacją, uwzględniającą aspekty pozatechniczne, w tym ekonomiczne– zaprojektować procesy, związane z komunikacją i przetwarzaniem danych przez moduły pomiarowe i obliczeniowe pojazdów autonomicznych, zrealizować ten projekt – co najmniej w części – używając właściwych metod, technik i narzędzi, w tym przystosowując do tego celu istniejące lub opracowując nowe narzędzia i techniki z uwzględnieniem zadanych kryteriów użytkowych, ekonomicznych, środowiskowych i prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>