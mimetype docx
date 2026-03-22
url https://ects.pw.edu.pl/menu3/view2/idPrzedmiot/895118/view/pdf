--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -1099,51 +1099,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posłużyć się właściwie dobranymi środowiskami programistycznymi, symulatorami oraz narzędziami komputerowo wspomaganego projektowania do symulacji, projektowania, programowania i weryfikacji działania kluczowych systemów pojazdów autonomicznych w tym systemu nawigacji inercyjnej i GNSS, systemu mapowania i lokalizacji SLAM;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1169,51 +1169,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi – zgodnie z zadaną specyfikacją, uwzględniającą aspekty pozatechniczne, w tym ekonomiczne– zaprojektować procesy, związane z komunikacją i przetwarzaniem danych przez moduły pomiarowe i obliczeniowe pojazdów autonomicznych, zrealizować ten projekt – co najmniej w części – używając właściwych metod, technik i narzędzi, w tym przystosowując do tego celu istniejące lub opracowując nowe narzędzia i techniki z uwzględnieniem zadanych kryteriów użytkowych, ekonomicznych, środowiskowych i prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>