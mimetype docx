--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -851,51 +851,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09</w:t>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>