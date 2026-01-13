--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -771,51 +771,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01, KMchtr_W02, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15</w:t>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>