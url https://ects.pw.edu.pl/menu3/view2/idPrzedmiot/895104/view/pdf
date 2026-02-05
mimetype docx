--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -771,51 +771,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01, KMchtr_W02, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -851,51 +851,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>