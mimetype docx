--- v3 (2026-02-05)
+++ v4 (2026-02-28)
@@ -851,51 +851,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>