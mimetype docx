--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń. Ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>