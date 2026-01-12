--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W03, KMchtr_W04</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -981,51 +981,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
+        <w:t xml:space="preserve">KMchtr_W04, KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>