--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -981,51 +981,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W04, KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>