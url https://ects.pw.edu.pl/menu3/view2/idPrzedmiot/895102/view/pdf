--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>