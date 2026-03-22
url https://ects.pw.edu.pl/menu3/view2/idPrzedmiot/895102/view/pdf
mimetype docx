--- v3 (2026-02-05)
+++ v4 (2026-03-22)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
+        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W03, KMchtr_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U06</w:t>
+        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>