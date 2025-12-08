--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -951,51 +951,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>