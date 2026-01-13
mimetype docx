--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -881,121 +881,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0118_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić zjawiska o znaczeniu praktycznym występujące w mechanice ciał i mechanizmów, związane z równowagą lub ruchem układów, takie jak samohamowność, zakleszczanie, dwoistość utraty równowagi, statyczna niewyznaczalność, opory ruchu, zachowanie ruchu środka masy, zachowanie energii mechanicznej, swobodny spadek w polu grawitacyjnym etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>