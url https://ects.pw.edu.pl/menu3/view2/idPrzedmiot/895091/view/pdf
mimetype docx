--- v2 (2026-01-13)
+++ v3 (2026-02-08)
@@ -811,121 +811,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0118_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe metody stosowane w mechanice ogólnej i potrafi dobrać odpowiednią metodę do postawionego zdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>