--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U21</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U21, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>