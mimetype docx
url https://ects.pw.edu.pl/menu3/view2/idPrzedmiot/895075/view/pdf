--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U21, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -990,51 +990,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U21</w:t>
+        <w:t xml:space="preserve">KMchtr_U21, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>