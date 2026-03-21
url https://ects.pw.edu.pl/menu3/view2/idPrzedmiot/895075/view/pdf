--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -770,271 +770,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0550_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę nt. układów regulacji i budowy prostych regulatorów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0550_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0550_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę nt. układów regulacji i budowy prostych regulatorów. </w:t>
+        <w:t xml:space="preserve">Potrafi budować modele komputerowe podstawowych członów dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca domowa</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0550_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0550_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi budować modele komputerowe podstawowych członów dynamicznych</w:t>
+        <w:t xml:space="preserve">Potrafi zdefiniować problemy do rozwiązania w zadaniu robotycznym. Umie zaprojektować ruchy członów robota.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U21</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U21, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>