--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>