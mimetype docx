--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>