--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -746,261 +746,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W16, KMchtr_W20, KMchtr_W03, KMchtr_W09, KMchtr_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0405_ W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną i potrafi określić kryteria i ograniczenia w doborze parametrów struktury hybrydowej z punktu widzenia zastosowanych komponentów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0405_ W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0405_ W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną i potrafi określić kryteria i ograniczenia w doborze parametrów struktury hybrydowej z punktu widzenia zastosowanych komponentów.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną i potrafi uzasadnić zastosowanie danego rodzaju wtórnego i pierwotnego źródła energii w danej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium </w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0405_ W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-IZP-0405_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną i potrafi uzasadnić zastosowanie danego rodzaju wtórnego i pierwotnego źródła energii w danej strukturze.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną i potrafi określić kryteria sterowania rozpływem mocy w napędzie hybrydowym wynikające z zastosowanej struktury i komponentów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W12, KMchtr_W16, KMchtr_W20, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>