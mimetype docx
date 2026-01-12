--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -855,201 +855,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTMTR-IZP-0407_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych praw elektrotechniki ogólnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTMTR-IZP-0407_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTMTR-IZP-0407_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych praw elektrotechniki ogólnej.</w:t>
+        <w:t xml:space="preserve">Umie interpretować i rozwiązywać zagadnienia wykrywania i sygnalizacji usterek w elektronicznie sterowanych układach samochodu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z ćw. laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>