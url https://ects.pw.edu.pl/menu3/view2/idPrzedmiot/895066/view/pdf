--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -855,51 +855,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1145,51 +1145,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji, sprawozdanie z ćw. laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>