--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -916,51 +916,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (kolokwium), sprawozdanie z ćwiczenia laboratoryjnego zakończone indywidualną oceną każdego ze studentów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W14, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>