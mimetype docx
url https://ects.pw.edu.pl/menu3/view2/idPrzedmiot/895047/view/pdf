--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -776,51 +776,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (kolokwium), sprawozdanie z ćwiczenia laboratoryjnego zakończone indywidualną oceną każdego ze studentów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W15</w:t>
+        <w:t xml:space="preserve">KMchtr_W15, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>