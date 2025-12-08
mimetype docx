--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W04</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1471,51 +1471,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U08, KMchtr_U10, KMchtr_U11, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMchtr_U08, KMchtr_U10, KMchtr_U11, KMChtr_U16, KMchtr_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1541,51 +1541,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U07, KMchtr_U09</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>