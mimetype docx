--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -1041,87 +1041,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1132,390 +1202,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
+        <w:t xml:space="preserve">Potrafi uzasadnić kształt sprężyn metalowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U07, KMchtr_U09, KMchtr_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_U5: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_U1 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi uzasadnić kształt sprężyn metalowych. </w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie. Potrafi uzasadnić proporcje wymiarów połączeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMchtr_U10, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_U1 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie. Potrafi uzasadnić proporcje wymiarów połączeń.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać kształt wału maszynowego i poprawnie rozwiązać łożyskowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U08, KMchtr_U10, KMchtr_U11, KMChtr_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru łożysk tocznych oraz przeprowadzić podstawowe obliczenia łożysk ślizgowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U07, KMchtr_U08, KMchtr_U10, KMchtr_U11, KMChtr_U16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U08, KMchtr_U10, KMchtr_U11, KMChtr_U16, KMchtr_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>