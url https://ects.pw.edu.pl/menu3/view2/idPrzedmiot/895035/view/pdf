--- v2 (2026-01-15)
+++ v3 (2026-02-06)
@@ -1041,271 +1041,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0211_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+        <w:t xml:space="preserve">Potrafi uzasadnić kształt sprężyn metalowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U07, KMchtr_U09, KMchtr_U10</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMchtr_U10, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>