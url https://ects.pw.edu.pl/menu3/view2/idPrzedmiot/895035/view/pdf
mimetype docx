--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W06, KMchtr_W07, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W06, KMchtr_W07, KMchtr_W17, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,51 +1181,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W06, KMchtr_W01, KMchtr_W04</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>