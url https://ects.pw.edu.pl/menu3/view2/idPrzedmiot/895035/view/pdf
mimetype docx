--- v4 (2026-02-27)
+++ v5 (2026-03-21)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W06, KMchtr_W07, KMchtr_W17, KMchtr_W01</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W06, KMchtr_W07, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1261,51 +1261,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMchtr_U10, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U10, KMChtr_U16, KMchtr_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>