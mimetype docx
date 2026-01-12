--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -973,201 +973,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
+        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) rozłożenia blach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>