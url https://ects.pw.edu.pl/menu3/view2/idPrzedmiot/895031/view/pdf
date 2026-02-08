--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>