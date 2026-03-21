--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>