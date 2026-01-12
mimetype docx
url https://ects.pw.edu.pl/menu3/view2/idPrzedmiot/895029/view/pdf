--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -865,51 +865,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1005,51 +1005,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W15</w:t>
+        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W15, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>