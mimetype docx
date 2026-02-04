--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -865,551 +865,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna wpływ właściwości paliw na właściwości silników spalinowych. Zna możliwości wpływania na właściwości ekologiczne silników spalinowych dzięki znajomości właściwości paliw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna wpływ właściwości paliw na właściwości silników spalinowych. Zna możliwości wpływania na właściwości ekologiczne silników spalinowych dzięki znajomości właściwości paliw.</w:t>
+        <w:t xml:space="preserve">Student ma przygotowanie do badań silników spalinowych w celu oceny ich właściwości użytkowych. Zna podstawowe procedury badań silników spalinowych. Zna metody badań silników spalinowych i zasady obsługi aparatury do badań silników spalinowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09, KMchtr_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna obciążenia układów konstrukcyjnych silników spalinowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09</w:t>
+        <w:t xml:space="preserve">KMchtr_W04, KMchtr_W05, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma przygotowanie do badań silników spalinowych w celu oceny ich właściwości użytkowych. Zna podstawowe procedury badań silników spalinowych. Zna metody badań silników spalinowych i zasady obsługi aparatury do badań silników spalinowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić krytycznie wpływ czynników konstrukcyjnych na właściwości użytkowe silników spalinowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W15, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna obciążenia układów konstrukcyjnych silników spalinowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić oddziaływanie silników spalinowych na środowisko. Potrafi ocenić skuteczność sposobów zmniejszania szkodliwych skutków oddziaływania silników spalinowych na środowisko.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W04, KMchtr_W05, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić krytycznie wpływ czynników konstrukcyjnych na właściwości użytkowe silników spalinowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić wpływ właściwości paliw na właściwości użytkowe silników spalinowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0302 U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić oddziaływanie silników spalinowych na środowisko. Potrafi ocenić skuteczność sposobów zmniejszania szkodliwych skutków oddziaływania silników spalinowych na środowisko.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonywać podstawowe badania silników spalinowych i opracowywać wyniki badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania. Ocena wykonywania zadań przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06, KMChtr_U16</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>