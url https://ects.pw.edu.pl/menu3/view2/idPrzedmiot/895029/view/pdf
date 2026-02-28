--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -865,51 +865,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W09, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1075,51 +1075,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W04, KMchtr_W05, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W04, KMchtr_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1365,51 +1365,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania. Ocena wykonywania zadań przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U03, KMchtr_U06, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>