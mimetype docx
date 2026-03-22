--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -1075,51 +1075,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W04, KMchtr_W05</w:t>
+        <w:t xml:space="preserve">KMchtr_W04, KMchtr_W05, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>