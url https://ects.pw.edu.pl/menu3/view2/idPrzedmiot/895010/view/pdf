--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U24, KMiBM_U03, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U24, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>