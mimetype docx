--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -829,271 +829,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0414_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w zakresie specjalistycznych zagadnień dotyczących projektowania, wytwarzania i eksploatacji cienkościennych struktur nośnych maszyn i pojazdów. Student zna rodzaje konstrukcji cienkościennych, ich elementów składowych, rolę, metody łączenia i sposób przenoszenia obciążenia. Student posiada podstawową wiedzę o wprowadzaniu i rozprowadzaniu sił skupionych w konstrukcjach cienkościennych oraz potrafi oszacować wytężenie podstawowych, wybranych elementów konstrukcji cienkościennej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0414_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0414_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w zakresie specjalistycznych zagadnień dotyczących projektowania, wytwarzania i eksploatacji cienkościennych struktur nośnych maszyn i pojazdów. Student zna rodzaje konstrukcji cienkościennych, ich elementów składowych, rolę, metody łączenia i sposób przenoszenia obciążenia. Student posiada podstawową wiedzę o wprowadzaniu i rozprowadzaniu sił skupionych w konstrukcjach cienkościennych oraz potrafi oszacować wytężenie podstawowych, wybranych elementów konstrukcji cienkościennej.</w:t>
+        <w:t xml:space="preserve">Student potrafi oszacować wytężenie podstawowych, wybranych elementów konstrukcji cienkościennej (w tym przeprowadzić analizę naprężeń i odkształceń w wybranych elementach) maszyn i pojazdów posługując się metodami wytrzymałości materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U16, KMiBM_U17, KMiBM_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0414_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0414_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi oszacować wytężenie podstawowych, wybranych elementów konstrukcji cienkościennej (w tym przeprowadzić analizę naprężeń i odkształceń w wybranych elementach) maszyn i pojazdów posługując się metodami wytrzymałości materiałów.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać pozyskaną wiedzę specjalistyczną w procesach analizy zjawisk występujących w budowie maszyn i pojazdów w aspekcie konstrukcji cienkościennych. Student posiadł umiejętność samokształcenia się, m.in. w celu podnoszenia kompetencji zawodowych w obliczu skomplikowanych zjawisk występujących w obszarze konstrukcji cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U03, KMiBM_U16, KMiBM_U17, KMiBM_U24</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U24, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>