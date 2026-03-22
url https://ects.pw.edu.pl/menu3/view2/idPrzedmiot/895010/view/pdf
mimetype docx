--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K01</w:t>
+        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>