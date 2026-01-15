--- v0 (2025-10-30)
+++ v1 (2026-01-15)
@@ -857,621 +857,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie zdefiniować podstawowe problemy występujące w projektowaniu węzłów konstrukcji cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawy analizy wytrzymałości wybranych elementów oraz połączeń występujących w konstrukcjach cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie zdefiniować podstawowe problemy występujące w projektowaniu węzłów konstrukcji cienkościennych.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe zasady tworzenia modeli 3D prostych i złożonych geometrycznie elementów konstrukcji cienkościennych z wykorzystaniem systemu CAD.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian.</w:t>
+        <w:t xml:space="preserve">Sprawdzian, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W14</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawy analizy wytrzymałości wybranych elementów oraz połączeń występujących w konstrukcjach cienkościennych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać podstawowe analizy wytrzymałościowe konstrukcji cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z wykonanych ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe zasady tworzenia modeli 3D prostych i złożonych geometrycznie elementów konstrukcji cienkościennych z wykorzystaniem systemu CAD.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać podstawowe zasady wprowadzania obciążeń przy projektowaniu węzłów konstrukcji cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Sprawdzian, ocena sprawozdania z wykonanych ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać podstawowe analizy wytrzymałościowe konstrukcji cienkościennych.</w:t>
+        <w:t xml:space="preserve">otrafi przeprowadzić analizę i dokonać oceny wytrzymałości wybranych elementów oraz połączeń występujących w konstrukcjach cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z wykonanych ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U10, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykorzystać podstawowe zasady wprowadzania obciążeń przy projektowaniu węzłów konstrukcji cienkościennych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać model 3D prostych i złożonych geometrycznie elementów konstrukcji cienkościennych z wykorzystaniem systemu CAD. Potrafi wykonać model 3D spawanego i skręcanego węzła konstrukcyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian, ocena sprawozdania z wykonanych ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z wykonanych ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0325_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">otrafi przeprowadzić analizę i dokonać oceny wytrzymałości wybranych elementów oraz połączeń występujących w konstrukcjach cienkościennych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę wzajemnego oddziaływania części (zadanie kontaktowe) z wykorzystaniem MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z wykonanych ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U01, KMiBM_U03, KMiBM_U10, KMiBM_U15</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>