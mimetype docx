--- v1 (2026-01-15)
+++ v2 (2026-02-04)
@@ -857,51 +857,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1427,51 +1427,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z wykonanych ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>