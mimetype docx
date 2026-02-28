--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -857,51 +857,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1067,51 +1067,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W20, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1577,51 +1577,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K03</w:t>
+        <w:t xml:space="preserve">KMiBM_K03, KMiBM_K01, KMiBM_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>