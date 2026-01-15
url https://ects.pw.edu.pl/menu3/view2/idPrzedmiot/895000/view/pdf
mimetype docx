--- v0 (2025-11-01)
+++ v1 (2026-01-15)
@@ -787,51 +787,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -997,341 +997,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W15, KMiBM_W16, KMiBM_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady doboru podzespołów silnika </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady doboru podzespołów silnika </w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia cieplne i mechaniczne wybranych elementów silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia cieplne i mechaniczne wybranych elementów silnika.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać wybrane podzespoły silnika np. turbosprężarkę dostosowanej do projektowanego silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
+        <w:t xml:space="preserve">Sprawdzian w ramach wykładu, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać wybrane podzespoły silnika np. turbosprężarkę dostosowanej do projektowanego silnika.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać dostępne oprogramowanie do prac związanych z projektowaniem silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>