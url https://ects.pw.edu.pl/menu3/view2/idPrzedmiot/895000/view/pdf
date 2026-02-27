--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -857,87 +857,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W15, KMiBM_W16, KMiBM_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o materiałach stosowanych w konstrukcji silników spalinowych i ich podstawowych właściwościach mechanicznych wynikających z procesu technologicznego wytwarzania części silników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o materiałach stosowanych w konstrukcji silników spalinowych i ich podstawowych właściwościach mechanicznych wynikających z procesu technologicznego wytwarzania części silników.</w:t>
+        <w:t xml:space="preserve">Potrafi przewidzieć sposoby uszkodzenia konstrukcji silnika spalinowego, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -956,312 +1026,242 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przewidzieć sposoby uszkodzenia konstrukcji silnika spalinowego, wyznaczyć miejsca krytyczne i sformułować stosowne kryteria projektowe.</w:t>
+        <w:t xml:space="preserve">Zna zasady doboru podzespołów silnika </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W15, KMiBM_W16, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady doboru podzespołów silnika </w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia cieplne i mechaniczne wybranych elementów silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia cieplne i mechaniczne wybranych elementów silnika.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać wybrane podzespoły silnika np. turbosprężarkę dostosowanej do projektowanego silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
+        <w:t xml:space="preserve">Sprawdzian w ramach wykładu, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>