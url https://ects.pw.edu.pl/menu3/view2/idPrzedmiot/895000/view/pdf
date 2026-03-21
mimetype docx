--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -857,51 +857,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W15, KMiBM_W16, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -997,271 +997,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W15, KMiBM_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady doboru podzespołów silnika </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady doboru podzespołów silnika </w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia cieplne i mechaniczne wybranych elementów silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W15, KMiBM_W16, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBSIS-IZP-0323_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia cieplne i mechaniczne wybranych elementów silnika.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać wybrane podzespoły silnika np. turbosprężarkę dostosowanej do projektowanego silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian w ramach wykładu</w:t>
+        <w:t xml:space="preserve">Sprawdzian w ramach wykładu, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>