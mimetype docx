--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -1121,191 +1121,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-IZP-0323_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi  ocenić wpływ założeń konstrukcyjnych struktury na klasę i rodzaj nadwozia pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-IZP-0323_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBNPO-IZP-0323_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi  ocenić wpływ założeń konstrukcyjnych struktury na klasę i rodzaj nadwozia pojazdu.</w:t>
+        <w:t xml:space="preserve">Ma świadomość przyjętych wstępnych założeń konstrukcyjnych nadwozia na klasę i rodzaj pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>