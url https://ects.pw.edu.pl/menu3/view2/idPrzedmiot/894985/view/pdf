--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W16</w:t>
+        <w:t xml:space="preserve">KMiBM_W16, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>