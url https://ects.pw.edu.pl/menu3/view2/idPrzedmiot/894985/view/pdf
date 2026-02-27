--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian (w zakresie opisu metod), praktyczna weryfikacja umiejętności podczas zajęć przy komputerze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>