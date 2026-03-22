--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian (w zakresie opisu metod), praktyczna weryfikacja umiejętności podczas zajęć przy komputerze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian (w zakresie opisu metod), praktyczna weryfikacja umiejętności podczas zajęć przy komputerze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U19</w:t>
+        <w:t xml:space="preserve">KMiBM_U19, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>